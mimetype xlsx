--- v0 (2025-12-17)
+++ v1 (2026-03-05)
@@ -42,81 +42,81 @@
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>Accesses</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Countries</t>
   </si>
   <si>
     <t>Activity Days</t>
   </si>
   <si>
     <t>dap-thredds-download</t>
   </si>
   <si>
     <t>1.5 PiB</t>
   </si>
   <si>
     <t>cci-thredds-download</t>
   </si>
   <si>
-    <t>5.4 TiB</t>
+    <t>5.7 TiB</t>
   </si>
   <si>
     <t>anon-ftp3.ceda.ac.uk</t>
   </si>
   <si>
     <t>138.4 TiB</t>
   </si>
   <si>
     <t>cci-thredds-subset</t>
   </si>
   <si>
     <t>3.1 TiB</t>
   </si>
   <si>
     <t>dap-thredds-subset</t>
   </si>
   <si>
     <t>10.9 TiB</t>
   </si>
   <si>
     <t>wcs</t>
   </si>
   <si>
-    <t>60.2 GiB</t>
+    <t>64.2 GiB</t>
   </si>
   <si>
     <t>wms</t>
   </si>
   <si>
-    <t>388.0 MiB</t>
+    <t>413.2 MiB</t>
   </si>
   <si>
     <t>dbrowser-mget</t>
   </si>
   <si>
     <t>130.6 GiB</t>
   </si>
   <si>
     <t>sparc-ftp2.ceda.ac.uk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
@@ -480,181 +480,181 @@
       </c>
       <c r="B2">
         <v>8114724</v>
       </c>
       <c r="C2">
         <v>8193</v>
       </c>
       <c r="D2">
         <v>146026703</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2">
         <v>236</v>
       </c>
       <c r="G2">
         <v>16820856</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3">
-        <v>277636</v>
+        <v>277669</v>
       </c>
       <c r="C3">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="D3">
-        <v>455379</v>
+        <v>473580</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3">
         <v>148</v>
       </c>
       <c r="G3">
-        <v>299443</v>
+        <v>299698</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
         <v>509</v>
       </c>
       <c r="C4">
         <v>462</v>
       </c>
       <c r="D4">
         <v>6740942</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4">
         <v>40</v>
       </c>
       <c r="G4">
         <v>7746</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5">
-        <v>507</v>
+        <v>578</v>
       </c>
       <c r="C5">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D5">
-        <v>8547915</v>
+        <v>9672428</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5">
         <v>36</v>
       </c>
       <c r="G5">
-        <v>3520</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
         <v>623</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6">
         <v>9443126</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6">
         <v>63</v>
       </c>
       <c r="G6">
         <v>1361</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
       <c r="C7">
         <v>7</v>
       </c>
       <c r="D7">
-        <v>39845</v>
+        <v>42432</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7">
         <v>3</v>
       </c>
       <c r="G7">
-        <v>711</v>
+        <v>747</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>10</v>
       </c>
       <c r="D8">
-        <v>29965</v>
+        <v>31906</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8">
         <v>9</v>
       </c>
       <c r="G8">
-        <v>556</v>
+        <v>584</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9">
         <v>46</v>
       </c>
       <c r="C9">
         <v>9</v>
       </c>
       <c r="D9">
         <v>3031</v>
       </c>
       <c r="E9" t="s">
         <v>22</v>
       </c>
       <c r="F9">
         <v>18</v>
       </c>
       <c r="G9">
         <v>50</v>
       </c>
     </row>