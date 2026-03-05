--- v0 (2025-12-17)
+++ v1 (2026-03-05)
@@ -69,51 +69,51 @@
   <si>
     <t>105.3 TiB</t>
   </si>
   <si>
     <t>164.3 TiB</t>
   </si>
   <si>
     <t>154.0 TiB</t>
   </si>
   <si>
     <t>140.2 TiB</t>
   </si>
   <si>
     <t>128.8 TiB</t>
   </si>
   <si>
     <t>99.2 TiB</t>
   </si>
   <si>
     <t>364.5 TiB</t>
   </si>
   <si>
     <t>226.0 TiB</t>
   </si>
   <si>
-    <t>2.5 TiB</t>
+    <t>2.9 TiB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyymm"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -737,69 +737,69 @@
       </c>
       <c r="C12">
         <v>7</v>
       </c>
       <c r="D12">
         <v>3662</v>
       </c>
       <c r="E12">
         <v>17618254</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12">
         <v>147</v>
       </c>
       <c r="H12">
         <v>84429</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>45992</v>
       </c>
       <c r="B13">
-        <v>32838</v>
+        <v>33119</v>
       </c>
       <c r="C13">
         <v>7</v>
       </c>
       <c r="D13">
-        <v>375</v>
+        <v>389</v>
       </c>
       <c r="E13">
-        <v>539789</v>
+        <v>1687031</v>
       </c>
       <c r="F13" t="s">
         <v>19</v>
       </c>
       <c r="G13">
         <v>135</v>
       </c>
       <c r="H13">
-        <v>35039</v>
+        <v>35511</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>